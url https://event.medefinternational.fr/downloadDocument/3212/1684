--- v0 (2026-02-04)
+++ v1 (2026-03-19)
@@ -1,1334 +1,1248 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
+    <w:p w14:paraId="2DE5FDDC" w14:textId="77777777" w:rsidR="00D06419" w:rsidRDefault="00D06419"/>
     <w:p w14:paraId="6B48BDC1" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRDefault="00A66B7A"/>
-    <w:p w14:paraId="60A49756" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00A66B7A" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
+    <w:p w14:paraId="60A49756" w14:textId="5100F510" w:rsidR="00A66B7A" w:rsidRPr="00A66B7A" w:rsidRDefault="001E3299" w:rsidP="00A66B7A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="2F2483"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Barlow Condensed SemiBold" w:eastAsia="Calibri" w:hAnsi="Barlow Condensed SemiBold" w:cs="Mangal"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Barlow Condensed SemiBold" w:eastAsia="Calibri" w:hAnsi="Barlow Condensed SemiBold" w:cs="Mangal"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>NAME OF THE COMPANY</w:t>
+        <w:t>NOM DE L'ENTREPRISE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="112"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9072"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00214115" w:rsidRPr="00214115" w14:paraId="572C8142" w14:textId="77777777" w:rsidTr="00A66B7A">
+      <w:tr w:rsidR="00A66B7A" w:rsidRPr="00561ED6" w14:paraId="572C8142" w14:textId="77777777" w:rsidTr="00A66B7A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBD8F4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="254EB2C2" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="008D3C14">
+          <w:p w14:paraId="254EB2C2" w14:textId="66761A41" w:rsidR="00A66B7A" w:rsidRPr="00A72DA5" w:rsidRDefault="001E3299" w:rsidP="008D3C14">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:color w:val="2F2483"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00214115">
+            <w:r w:rsidRPr="00A72DA5">
               <w:rPr>
                 <w:rFonts w:ascii="Barlow Condensed SemiBold" w:eastAsia="Times New Roman" w:hAnsi="Barlow Condensed SemiBold" w:cs="Times New Roman"/>
                 <w:color w:val="2F2483"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>DELEGATE</w:t>
+              <w:t>PARTICIPANT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6167B770" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
+    <w:p w14:paraId="6167B770" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00E452AA" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="2F2483"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00214115">
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006517FE">
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
-          <w:color w:val="2F2483"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30C905C3" wp14:editId="2AEECC74">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>4733925</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>1517650</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1024255" cy="1452245"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="3" name="Image 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId10">
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect r="5978"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1024255" cy="1452245"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F52431" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
+    <w:p w14:paraId="62F52431" w14:textId="1EA7E7A3" w:rsidR="00A66B7A" w:rsidRPr="00A72DA5" w:rsidRDefault="001E3299" w:rsidP="00A66B7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00214115">
+      <w:r w:rsidRPr="00A72DA5">
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Name FAMILY NAME</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="717A6A34" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
+        <w:t>Prénom NOM DE FAMILLE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="717A6A34" w14:textId="44E6577D" w:rsidR="00A66B7A" w:rsidRPr="00A72DA5" w:rsidRDefault="001E3299" w:rsidP="00A66B7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00214115">
+      <w:r w:rsidRPr="00A72DA5">
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Title (English)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00493725" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
+        <w:t>Fonction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00493725" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00A72DA5" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13D52970" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
+    <w:p w14:paraId="7D0843BB" w14:textId="77777777" w:rsidR="0065445B" w:rsidRPr="00A72DA5" w:rsidRDefault="0065445B" w:rsidP="0065445B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="73A35A7E" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
+      <w:r w:rsidRPr="00A72DA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:color w:val="2F2483"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>N° de mobile</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411B581E" w14:textId="77777777" w:rsidR="0065445B" w:rsidRPr="00A72DA5" w:rsidRDefault="0065445B" w:rsidP="0065445B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00214115">
-[...10 lines deleted...]
-    <w:p w14:paraId="5CD393CE" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
+      <w:r w:rsidRPr="00A72DA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:color w:val="2F2483"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Adresse email</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5110420D" w14:textId="77777777" w:rsidR="0065445B" w:rsidRPr="00A72DA5" w:rsidRDefault="0065445B" w:rsidP="0065445B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BDA37CD" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
+    <w:p w14:paraId="77C2CDAD" w14:textId="77777777" w:rsidR="0065445B" w:rsidRPr="00A72DA5" w:rsidRDefault="0065445B" w:rsidP="0065445B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00214115">
-[...22 lines deleted...]
-    <w:p w14:paraId="3D9B97E1" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
+      <w:r w:rsidRPr="00A72DA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:color w:val="2F2483"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Adresse postale</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075967B4" w14:textId="16F3291E" w:rsidR="0065445B" w:rsidRPr="00A72DA5" w:rsidRDefault="0065445B" w:rsidP="0065445B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00214115">
-[...10 lines deleted...]
-    <w:p w14:paraId="151E5581" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
+      <w:r w:rsidRPr="00A72DA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:color w:val="2F2483"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Code postal, ville, pays</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="097D3486" w14:textId="77777777" w:rsidR="0065445B" w:rsidRPr="00A72DA5" w:rsidRDefault="0065445B" w:rsidP="0065445B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47C2E345" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
+    <w:p w14:paraId="0BEC0FA1" w14:textId="77777777" w:rsidR="0065445B" w:rsidRPr="00A72DA5" w:rsidRDefault="0065445B" w:rsidP="0065445B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="1A95AAC1" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
+      <w:r w:rsidRPr="00A72DA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:color w:val="2F2483"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Site internet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A95AAC1" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00A66B7A" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2715"/>
         </w:tabs>
         <w:rPr>
-          <w:color w:val="2F2483"/>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="112"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9072"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00214115" w:rsidRPr="00214115" w14:paraId="5ED761E0" w14:textId="77777777" w:rsidTr="00A66B7A">
+      <w:tr w:rsidR="00A72DA5" w:rsidRPr="00A72DA5" w14:paraId="5ED761E0" w14:textId="77777777" w:rsidTr="00A66B7A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBD8F4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AC47C09" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="008D3C14">
+          <w:p w14:paraId="7AC47C09" w14:textId="149FD5B0" w:rsidR="00A66B7A" w:rsidRPr="00A72DA5" w:rsidRDefault="00BA56D6" w:rsidP="008D3C14">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:color w:val="2F2483"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00214115">
+            <w:r w:rsidRPr="00A72DA5">
               <w:rPr>
                 <w:rFonts w:ascii="Barlow Condensed SemiBold" w:eastAsia="Times New Roman" w:hAnsi="Barlow Condensed SemiBold" w:cs="Times New Roman"/>
                 <w:color w:val="2F2483"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>BIOGRAPHY OF THE PARTICIPANT</w:t>
+              <w:t>COURTE BIOGRAPHIE DU PARTICIPANT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="68B918C8" w14:textId="0D5F0D2C" w:rsidR="003F15AF" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="003F15AF">
+    <w:p w14:paraId="68B918C8" w14:textId="0D5F0D2C" w:rsidR="003F15AF" w:rsidRPr="00A72DA5" w:rsidRDefault="00A66B7A" w:rsidP="003F15AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1455"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00214115">
+      <w:r w:rsidRPr="00A72DA5">
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:br/>
         <w:t>Description</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07D2AAEA" w14:textId="594D8686" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="003F15AF" w:rsidP="003F15AF">
+    <w:p w14:paraId="07D2AAEA" w14:textId="594D8686" w:rsidR="00A66B7A" w:rsidRPr="00A72DA5" w:rsidRDefault="003F15AF" w:rsidP="003F15AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1455"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00214115">
+      <w:r w:rsidRPr="00A72DA5">
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>10 to 15 lines max.</w:t>
       </w:r>
-      <w:r w:rsidR="00A66B7A" w:rsidRPr="00214115">
+      <w:r w:rsidR="00A66B7A" w:rsidRPr="00A72DA5">
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="112"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9072"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00214115" w:rsidRPr="00214115" w14:paraId="165B1F20" w14:textId="77777777" w:rsidTr="008D3C14">
+      <w:tr w:rsidR="00A72DA5" w:rsidRPr="00A72DA5" w14:paraId="165B1F20" w14:textId="77777777" w:rsidTr="008D3C14">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBD8F4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37F392FF" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="008D3C14">
+          <w:p w14:paraId="37F392FF" w14:textId="72EF9328" w:rsidR="00A66B7A" w:rsidRPr="00A72DA5" w:rsidRDefault="00BA56D6" w:rsidP="008D3C14">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:color w:val="2F2483"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00214115">
+            <w:r w:rsidRPr="00A72DA5">
               <w:rPr>
                 <w:rFonts w:ascii="Barlow Condensed SemiBold" w:eastAsia="Times New Roman" w:hAnsi="Barlow Condensed SemiBold" w:cs="Times New Roman"/>
                 <w:color w:val="2F2483"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>COMPANY PROFILE</w:t>
+              <w:t>PROFIL DE L'ENTREPRISE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6116F0C4" w14:textId="3A55EC82" w:rsidR="003F15AF" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="003F15AF">
+    <w:p w14:paraId="6116F0C4" w14:textId="3A55EC82" w:rsidR="003F15AF" w:rsidRPr="00A72DA5" w:rsidRDefault="00A66B7A" w:rsidP="003F15AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1455"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00214115">
+      <w:r w:rsidRPr="00A72DA5">
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="003F15AF" w:rsidRPr="00214115">
+      <w:r w:rsidR="003F15AF" w:rsidRPr="00A72DA5">
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Description</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40C5C3F9" w14:textId="6D5A3FFE" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="003F15AF" w:rsidP="003F15AF">
+    <w:p w14:paraId="40C5C3F9" w14:textId="6D5A3FFE" w:rsidR="00A66B7A" w:rsidRPr="00A72DA5" w:rsidRDefault="003F15AF" w:rsidP="003F15AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00214115">
+      <w:r w:rsidRPr="00A72DA5">
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>10 to 15 lines max.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00214115">
+      <w:r w:rsidRPr="00A72DA5">
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="112"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9072"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00214115" w:rsidRPr="004856D7" w14:paraId="49AD7C8E" w14:textId="77777777" w:rsidTr="00A66B7A">
+      <w:tr w:rsidR="00A72DA5" w:rsidRPr="00A72DA5" w14:paraId="49AD7C8E" w14:textId="77777777" w:rsidTr="00A66B7A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBD8F4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DFC0DE1" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="004856D7" w:rsidRDefault="00A66B7A" w:rsidP="008D3C14">
+          <w:p w14:paraId="7DFC0DE1" w14:textId="0C88D108" w:rsidR="00A66B7A" w:rsidRPr="00A72DA5" w:rsidRDefault="003F6302" w:rsidP="008D3C14">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:color w:val="2F2483"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+                <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004856D7">
+            <w:r w:rsidRPr="00A72DA5">
               <w:rPr>
                 <w:rFonts w:ascii="Barlow Condensed SemiBold" w:eastAsia="Times New Roman" w:hAnsi="Barlow Condensed SemiBold" w:cs="Times New Roman"/>
                 <w:color w:val="2F2483"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+                <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>ACTIVITIES &amp; PROJECTS IN THE COUNTRY</w:t>
+              <w:t>ACTIVITÉS &amp; PROJETS DANS LE PAYS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44AFA69C" w14:textId="4B51B2CC" w:rsidR="003F15AF" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="003F15AF">
+    <w:p w14:paraId="44AFA69C" w14:textId="4B51B2CC" w:rsidR="003F15AF" w:rsidRPr="00A72DA5" w:rsidRDefault="00A66B7A" w:rsidP="003F15AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1455"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004856D7">
+      <w:r w:rsidRPr="00A72DA5">
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="003F15AF" w:rsidRPr="00214115">
+      <w:r w:rsidR="003F15AF" w:rsidRPr="00A72DA5">
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Description</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="1F902B54" w14:textId="388BC79E" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="003F15AF" w:rsidP="003F15AF">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="1F902B54" w14:textId="388BC79E" w:rsidR="00A66B7A" w:rsidRPr="00A72DA5" w:rsidRDefault="003F15AF" w:rsidP="003F15AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00214115">
+      <w:r w:rsidRPr="00A72DA5">
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>10 to 15 lines max.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00214115">
+      <w:r w:rsidRPr="00A72DA5">
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="112"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9072"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00214115" w:rsidRPr="00214115" w14:paraId="05311B85" w14:textId="77777777" w:rsidTr="00A66B7A">
+      <w:tr w:rsidR="00A72DA5" w:rsidRPr="00A72DA5" w14:paraId="05311B85" w14:textId="77777777" w:rsidTr="00A66B7A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBD8F4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78DB03E3" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="008D3C14">
+          <w:p w14:paraId="78DB03E3" w14:textId="446884FD" w:rsidR="00A66B7A" w:rsidRPr="00A72DA5" w:rsidRDefault="005E3826" w:rsidP="008D3C14">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:color w:val="2F2483"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00214115">
+            <w:r w:rsidRPr="00A72DA5">
               <w:rPr>
                 <w:rFonts w:ascii="Barlow Condensed SemiBold" w:eastAsia="Times New Roman" w:hAnsi="Barlow Condensed SemiBold" w:cs="Times New Roman"/>
                 <w:color w:val="2F2483"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>OBJECTIVES OF THE DELEGATION</w:t>
+              <w:t>OBJECTIF POUR CETTE MISSION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="47F98120" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00214115" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
+    <w:p w14:paraId="47F98120" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="00A72DA5" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="2F2483"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49DB913A" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="004856D7" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
-[...158 lines deleted...]
-    <w:p w14:paraId="0BF69DBF" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRPr="004856D7" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
+    <w:p w14:paraId="3A14A03A" w14:textId="77777777" w:rsidR="005E3826" w:rsidRPr="00A72DA5" w:rsidRDefault="005E3826" w:rsidP="005E3826">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3645"/>
         </w:tabs>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId11"/>
+          <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2F2483"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72DA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2F2483"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Vous recherchez des partenaires ? Si oui, veuillez nous donner plus de détails :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44539BEC" w14:textId="77777777" w:rsidR="005E3826" w:rsidRPr="00A72DA5" w:rsidRDefault="005E3826" w:rsidP="005E3826">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3645"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2F2483"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5691982E" w14:textId="77777777" w:rsidR="005E3826" w:rsidRPr="00A72DA5" w:rsidRDefault="005E3826" w:rsidP="005E3826">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3645"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2F2483"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72DA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2F2483"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Les représentants que vous souhaitez rencontrer (ministères, administrations, confédérations d'entreprises, donateurs). Veuillez nous donner des détails :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A8808AF" w14:textId="77777777" w:rsidR="005E3826" w:rsidRPr="00A72DA5" w:rsidRDefault="005E3826" w:rsidP="005E3826">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3645"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2F2483"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BF69DBF" w14:textId="3FC1F199" w:rsidR="00A66B7A" w:rsidRPr="00A72DA5" w:rsidRDefault="005E3826" w:rsidP="005E3826">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3645"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="2F2483"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72DA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:eastAsia="Times New Roman" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2F2483"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Quelles entreprises souhaitez-vous rencontrer ?</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00A66B7A" w:rsidRPr="00A72DA5" w:rsidSect="00A66B7A">
+      <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="851" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48334A52" w14:textId="77777777" w:rsidR="00AB7173" w:rsidRDefault="00AB7173" w:rsidP="00A66B7A">
+    <w:p w14:paraId="4E278018" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="725FC328" w14:textId="77777777" w:rsidR="00AB7173" w:rsidRDefault="00AB7173" w:rsidP="00A66B7A">
+    <w:p w14:paraId="67D02684" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Barlow Condensed SemiBold">
-    <w:charset w:val="00"/>
+    <w:panose1 w:val="00000706000000000000"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Barlow">
-    <w:charset w:val="00"/>
+    <w:panose1 w:val="00000500000000000000"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A062B45" w14:textId="77777777" w:rsidR="00AB7173" w:rsidRDefault="00AB7173" w:rsidP="00A66B7A">
+    <w:p w14:paraId="262643FA" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05474979" w14:textId="77777777" w:rsidR="00AB7173" w:rsidRDefault="00AB7173" w:rsidP="00A66B7A">
+    <w:p w14:paraId="20B87F25" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRDefault="00A66B7A" w:rsidP="00A66B7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="58C33542" w14:textId="3C28BBF9" w:rsidR="00A66B7A" w:rsidRDefault="00C27BF0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="58C33542" w14:textId="77777777" w:rsidR="00A66B7A" w:rsidRDefault="00A66B7A">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="746A771D" wp14:editId="4551A0D9">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29C7D964" wp14:editId="72EB9164">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>-887095</wp:posOffset>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>4995545</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-449580</wp:posOffset>
+            <wp:posOffset>-438785</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7566025" cy="1377950"/>
+          <wp:extent cx="2554605" cy="1380490"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapTight wrapText="bothSides">
-[...8 lines deleted...]
-          <wp:docPr id="932855760" name="Image 2"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="7" name="Picture 13" descr="Shape&#10;&#10;Description automatically generated with medium confidence"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPr id="13" name="Picture 13" descr="Shape&#10;&#10;Description automatically generated with medium confidence"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill>
+                <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
-[...2 lines deleted...]
-                  </a:stretch>
+                  <a:srcRect l="66192"/>
+                  <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7566025" cy="1377950"/>
+                    <a:ext cx="2554605" cy="1380490"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
+          <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="page">
+          <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A66B7A"/>
-    <w:rsid w:val="001700F7"/>
-    <w:rsid w:val="00214115"/>
+    <w:rsid w:val="001E3299"/>
     <w:rsid w:val="003F15AF"/>
-    <w:rsid w:val="004856D7"/>
-    <w:rsid w:val="00A61F9A"/>
+    <w:rsid w:val="003F6302"/>
+    <w:rsid w:val="005E3826"/>
+    <w:rsid w:val="0065445B"/>
     <w:rsid w:val="00A66B7A"/>
-    <w:rsid w:val="00AB7173"/>
+    <w:rsid w:val="00A72DA5"/>
     <w:rsid w:val="00B83877"/>
-    <w:rsid w:val="00C27BF0"/>
+    <w:rsid w:val="00BA56D6"/>
     <w:rsid w:val="00D06419"/>
     <w:rsid w:val="00E452AA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="52358EC8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{809CB6DB-C15C-4A78-B7EC-49AC8706DFC9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1660,51 +1574,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -1741,58 +1654,58 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PieddepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A66B7A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A66B7A"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -2074,107 +1987,66 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="500b2b6c-5820-4357-94d8-9660f3a44fb5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="08f66811-5534-4962-81c2-afb31eab2a48" xsi:nil="true"/>
-    <_dlc_DocId xmlns="08f66811-5534-4962-81c2-afb31eab2a48">AEUCJCR4MYF6-1938117539-1348663</_dlc_DocId>
+    <_dlc_DocId xmlns="08f66811-5534-4962-81c2-afb31eab2a48">AEUCJCR4MYF6-1938117539-1347393</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="08f66811-5534-4962-81c2-afb31eab2a48">
-      <Url>https://medefnational.sharepoint.com/sites/MedefInternational/_layouts/15/DocIdRedir.aspx?ID=AEUCJCR4MYF6-1938117539-1348663</Url>
-      <Description>AEUCJCR4MYF6-1938117539-1348663</Description>
+      <Url>https://medefnational.sharepoint.com/sites/MedefInternational/_layouts/15/DocIdRedir.aspx?ID=AEUCJCR4MYF6-1938117539-1347393</Url>
+      <Description>AEUCJCR4MYF6-1938117539-1347393</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
-[...44 lines deleted...]
-</spe:Receivers>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C794A23760E03948A0A079166AA73418" ma:contentTypeVersion="1331" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="b3e50db1da134661e536641194ec317b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="08f66811-5534-4962-81c2-afb31eab2a48" xmlns:ns3="500b2b6c-5820-4357-94d8-9660f3a44fb5" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d75b385e4cecd1dd01f0f12bdacc981a" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="08f66811-5534-4962-81c2-afb31eab2a48"/>
     <xsd:import namespace="500b2b6c-5820-4357-94d8-9660f3a44fb5"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
@@ -2432,128 +2304,151 @@
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
-[...3 lines deleted...]
-</FormTemplates>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0CF3ACF-71EE-4441-B286-88D375877877}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="d96debac-959d-4e50-9225-1217e2027853"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="f2f1addd-0b89-48c9-904a-66d2d1e5e709"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="08f66811-5534-4962-81c2-afb31eab2a48"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F187453-E724-4D4B-BBED-D728C81854EE}">
-[...26 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{886706BB-052B-478F-9870-6EA890176018}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A393F6A-7FC5-4CAA-800B-7C76331ECF7F}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DEFED621-93BB-40D8-B78F-612510CC12BE}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>92</Words>
-  <Characters>509</Characters>
+  <Words>102</Words>
+  <Characters>562</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>600</CharactersWithSpaces>
+  <CharactersWithSpaces>663</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>FELICI Tiphany</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C794A23760E03948A0A079166AA73418</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>698812d2-0250-44d0-b849-382700ae3a29</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>cc886bdd-dec4-4e6d-ba07-c4191995fe99</vt:lpwstr>
   </property>
 </Properties>
 </file>